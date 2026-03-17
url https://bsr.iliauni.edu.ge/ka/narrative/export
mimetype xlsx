--- v0 (2026-01-29)
+++ v1 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="327">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>additional_info</t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>comment</t>
   </si>
   <si>
     <t>century</t>
   </si>
   <si>
     <t>century_type</t>
   </si>
   <si>
     <t>year</t>
   </si>
   <si>
@@ -1283,50 +1283,232 @@
 &lt;p&gt;მელანდებიან &lt;strong&gt;ზღვაზე&lt;/strong&gt; სკვითები&lt;/p&gt;
 &lt;p&gt;და სინანულის ცრემლი ჩამომდის."&lt;/p&gt;</t>
   </si>
   <si>
     <t>ტიციან ტაბიძე</t>
   </si>
   <si>
     <t>"საფლავი მეფის ირაკლისა"</t>
   </si>
   <si>
     <t>&lt;p&gt;[...]&lt;/p&gt;
 &lt;p&gt;აწ არღა ერჩის ქართლის გულსა კასპიის ღელვა,&lt;/p&gt;
 &lt;p&gt;ვერღა ურყევს მას განსვენებას მისი აღტყველვა;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;შავი ზღვის ზვირთნი&lt;/strong&gt;, ნაცვლად ჩვენთა მოსისხლე მტერთა,&lt;/p&gt;
 &lt;p&gt;აწ მოგვიგვრიან მრავალის მხრით ჩვენთა მოძმეთა! [...]&lt;/p&gt;
 &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>ნიკოლოზ ბარათაშვილი</t>
   </si>
   <si>
     <t>"ფოსტალიონი"</t>
   </si>
   <si>
     <t>ბესო პაპასქუა</t>
+  </si>
+  <si>
+    <t>... (ჩემი სამშობლო)</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;შავი ზღვა სამშობლოს მთავარ ტოპოსად ფიგურირებს ლექსის ფინალურ ნაწილში (მანამდე ექსპლიციტურ თუ იმპლიციტურ დონეებზე სამშობლო უკავშირდება უკვე არსებულ კულტურულ წარმოდგენებს); ის ერთგვარ ინვარიანტად წარმოდგება მე-19 საუკუნის ქართულ პოეზიაში ტოპოსადქცეული მთაწმინდისა, როგორც საკრალიზებული ეროვნული მეხსიერების ადგილისა.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;ჩემი სამშობლო დუმილია,&lt;/p&gt;
+&lt;p&gt;სისხლის დუმილი.&lt;/p&gt;
+&lt;p&gt;ზღვა ღელავს მხოლოდ,&lt;/p&gt;
+&lt;p&gt;ეკითხება ჯებირებს: გვტოვებს?!&lt;/p&gt;
+&lt;p&gt;ერთხელაც უკან დავბრუნდები&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;და ღრმად ჩავყვინთავ:&lt;/p&gt;
+&lt;p&gt;სამარადჟამოდ ჩამიხუტებს მტირალა პოეტს _&lt;/p&gt;
+&lt;p&gt;ჩემი მღელვარე,&lt;/p&gt;
+&lt;p&gt;ჩემი მსგავსი,&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;შავი ზღვაწმინდა&lt;/strong&gt;.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>ნიქო გორგილაძე</t>
+  </si>
+  <si>
+    <t>... (მკვდარ დელფინს ვგავარ შავი ზღვის ქაფში)</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;ლექსის დასაწყისი&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;მკვდარ დელფინს ვგავარ&lt;strong&gt; შავი ზღვის&lt;/strong&gt; ქაფში _&lt;/p&gt;
+&lt;p&gt;ეპილეფსიით ქაფმორეული&lt;/p&gt;
+&lt;p&gt;რომ ვიხედები მაღალ სარკეში...&lt;/p&gt;
+&lt;p&gt;არ მეშინია! [...]&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>... (საპირფარეშო)</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;ლექსის ფინალური ნაწილი&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;მე ვარ კარავი&lt;/p&gt;
+&lt;p&gt;რომელშიც შევალ&lt;/p&gt;
+&lt;p&gt;და თეთრ ქაფს დავლევ&lt;/p&gt;
+&lt;p&gt;შავი ზღვის,&lt;/p&gt;
+&lt;p&gt;რომელიც არ ჩანს,&lt;/p&gt;
+&lt;p&gt;არ იძვრის.&lt;/p&gt;
+&lt;p&gt;და მაინც ვგრძნობ.&lt;/p&gt;
+&lt;p&gt;და ვიგრძნობ კიდევ,&lt;/p&gt;
+&lt;p&gt;და კიდევ და კიდევ&lt;/p&gt;
+&lt;p&gt;თუ გამოჩნდები&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;და ხელს ჩამკიდებ!&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;კვამლი არ იძვრის.&lt;/p&gt;
+&lt;p&gt;არავინ ჩანს.&lt;/p&gt;
+&lt;p&gt;არავინ ჩანს.&lt;/p&gt;
+&lt;p&gt;მარტომ ჩაყვინთე.&lt;/p&gt;
+&lt;p&gt;ნუ დაეჭვდები.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;შავი ზღვის &lt;/strong&gt;ქვიშა.&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;მცოცავი ქვიშა.&lt;/p&gt;
+&lt;p&gt;ფერადი კენჭები.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>... (მაქს ლიბერმანის ქუჩაზე ვარ ველოსიპედით)</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;[...]&lt;/p&gt;
+&lt;p&gt;და ვიქცე ბავშვად,&lt;/p&gt;
+&lt;p&gt;ვიქცე ნიქოქოდ,&lt;/p&gt;
+&lt;p&gt;ქარის ნაცვლად და ღმერთების ნაცვლად,&lt;/p&gt;
+&lt;p&gt;მილეთის ნაცვლად, ზღვას ვინც ებრძოდა,&lt;/p&gt;
+&lt;p&gt;ზღვა იყო ჩემი აღტაცება,&lt;/p&gt;
+&lt;p&gt;ჯვარცმა,&lt;/p&gt;
+&lt;p&gt;აღდგომა _&lt;/p&gt;
+&lt;p&gt;ნაცრისფერი და მტვრიან ეზოდან.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>... (დონერის მყრალ სუნში)</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;[...]&lt;/p&gt;
+&lt;p&gt;და ზოგჯერ ვპოულობ,&lt;/p&gt;
+&lt;p&gt;სახლიდან გაქცეულ&lt;/p&gt;
+&lt;p&gt;და პლაჟზე მობუზულ&lt;/p&gt;
+&lt;p&gt;კენჭივით ბავშვს,&lt;/p&gt;
+&lt;p&gt;რომელსაც ტალღები ვერაფრით აშინებს,&lt;/p&gt;
+&lt;p&gt;ჰორიზონტს მიღმა სურს გავიდეს მაშინვე [...]&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>ზღვის ჰორიზონტი</t>
+  </si>
+  <si>
+    <t>... (სოფელი)</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;[...]&lt;/p&gt;
+&lt;p&gt;შავი ზღვის სიღრმეში ელვარე დელფინმა&lt;/p&gt;
+&lt;p&gt;სიყრმიდან გამანდო: სხვა სხივი მეფინა!&lt;/p&gt;
+&lt;p&gt;თვალუწვდენ ჰორიზონტს _ ლიცლიცა ლურჯ კანკელს,&lt;/p&gt;
+&lt;p&gt;და ტალღებს _ ზეციდან მორბენალ ტიტრებს,&lt;/p&gt;
+&lt;p&gt;ვუმზერდი,&lt;/p&gt;
+&lt;p&gt;ვშიფრავდი,&lt;/p&gt;
+&lt;p&gt;ვეტრფოდი ვიდრე _&lt;/p&gt;
+&lt;p&gt;ერთხელაც თვითონვე სიღრმეში გავყევ...&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;და მთებში კი არა,&lt;/p&gt;
+&lt;p&gt;შავ ზღვაში კი არა,&lt;/p&gt;
+&lt;p&gt;საკუთარ ცრემლებში მარტოკამ ვიარე,&lt;/p&gt;
+&lt;p&gt;თითქოს ბოდრიარის ცუდი კადრი არის&lt;/p&gt;
+&lt;p&gt;მთელ იმ ბორიალის ჩემი ბოდიალი.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;გავცურე, ვიცეკვე, ვეძებე, მოვედი:&lt;/p&gt;
+&lt;p&gt;გაზრდილი ბიჭუნა _ ტკივილის პოეტი.&lt;/p&gt;
+&lt;p&gt;ზღვასა და ტალახში რა უნდა მეღონა,&lt;/p&gt;
+&lt;p&gt;თვითონვე ვყოფილვარ ცისფერი ბეღურა...&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>... (მე არ დამჭირდა უკან გახედვა)</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;დასაწყისი&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;მე არ დამჭირდა უკან გახედვა,&lt;/p&gt;
+&lt;p&gt;გაუხედავად გადავიქეც მარილის სვეტად&lt;/p&gt;
+&lt;p&gt;და დარჩა უკან,&lt;/p&gt;
+&lt;p&gt;ტალღების შხეფქვეშ,&lt;/p&gt;
+&lt;p&gt;შავი ზღვის პლაჟი.&lt;/p&gt;
+&lt;p&gt;დანაოჭებულ მარადმწვანე ფიჭვნარის ტოტებს&lt;/p&gt;
+&lt;p&gt;შერჩათ სურნელად ჩემი ამბები,&lt;/p&gt;
+&lt;p&gt;შერჩათ ამბები&lt;/p&gt;
+&lt;p&gt;ბაბუას ხელზე ნეკა თითით ჩაჭიდებული&lt;/p&gt;
+&lt;p&gt;პატარა ბიჭის,&lt;/p&gt;
+&lt;p&gt;ქარის პირისპირ რომ იარა სანაპიროზე,&lt;/p&gt;
+&lt;p&gt;იარა უხმოდ,&lt;/p&gt;
+&lt;p&gt;რადგან სიჩუმე უყვარდა ბაბუს&lt;/p&gt;
+&lt;p&gt;და ხმა ქარისა,&lt;/p&gt;
+&lt;p&gt;ხმა შავი ზღვის და მწვანე ტოტების,&lt;/p&gt;
+&lt;p&gt;რომელსაც ერთ დღეს შეუერთდა თვითონაც უხმოდ.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>დიდი გაღვიძების ქარბუქი</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;ფინალური ნაწილი&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;შავი ზღვის კენჭებს შეჩვეული შენი წვივები&lt;/p&gt;
+&lt;p&gt;ეხეთქებიან შემოდგომის ნესტიან ფოთლებს...&lt;/p&gt;
+&lt;p&gt;ერთხელაც დიდი გაღვიძების ქარბუქი მოვა&lt;/p&gt;
+&lt;p&gt;და ნისლში არმყოფ ყველა ხეს მოდრეკს.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>... (ღმერთების ხოცვის წელი იყო 2018)</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;[...]&lt;/p&gt;
+&lt;p&gt;რა ლამაზი ხარ,&lt;/p&gt;
+&lt;p&gt;როცა ტირი&lt;/p&gt;
+&lt;p&gt;გვიანღამით&lt;/p&gt;
+&lt;p&gt;მშობლიური ქალაქის ზღვის სანაპიროზე,&lt;/p&gt;
+&lt;p&gt;რადგანაც იცი,&lt;/p&gt;
+&lt;p&gt;ვეღარ ნახავ მრავალი წელი.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>ქობულეთის სანაპირო</t>
+  </si>
+  <si>
+    <t>... (ვინ იცის)</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;ვინ იცის,&lt;/p&gt;
+&lt;p&gt;ვიქნებოდი ექვსი-შვიდი წლის,&lt;/p&gt;
+&lt;p&gt;შავი ზღვის ნაპირას,&lt;/p&gt;
+&lt;p&gt;ტალღების პირისპირ,&lt;/p&gt;
+&lt;p&gt;პატარა თითებით ქვიშაზე რომ ვწერდი&lt;/p&gt;
+&lt;p&gt;გოგონას სახელს, რომელიც მიყვარდა&lt;/p&gt;
+&lt;p&gt;და წამში აქრობდა წყალი იმ სახელს.&lt;/p&gt;
+&lt;p&gt;აზვირთებული ტალღის წინ მდგომი,&lt;/p&gt;
+&lt;p&gt;ღმერთთან მებრძოლი იაკობივით,&lt;/p&gt;
+&lt;p&gt;არ ვწყვეტდი ჯიქურ ბრძოლას ზღვასთან და&lt;/p&gt;
+&lt;p&gt;ბრძოლას ქვიშასთან.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1629,51 +1811,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q96"/>
+  <dimension ref="A1:Q106"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -4263,50 +4445,361 @@
         <v>94</v>
       </c>
       <c r="G96" t="s">
         <v>21</v>
       </c>
       <c r="H96">
         <v>2018</v>
       </c>
       <c r="K96" t="s">
         <v>22</v>
       </c>
       <c r="L96" t="s">
         <v>23</v>
       </c>
       <c r="N96" t="s">
         <v>185</v>
       </c>
       <c r="O96" t="s">
         <v>96</v>
       </c>
       <c r="P96" t="s">
         <v>326</v>
       </c>
       <c r="Q96" t="s">
         <v>57</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17">
+      <c r="A97">
+        <v>102</v>
+      </c>
+      <c r="B97" t="s">
+        <v>327</v>
+      </c>
+      <c r="C97" t="s">
+        <v>328</v>
+      </c>
+      <c r="D97" t="s">
+        <v>329</v>
+      </c>
+      <c r="F97" t="s">
+        <v>184</v>
+      </c>
+      <c r="G97" t="s">
+        <v>21</v>
+      </c>
+      <c r="H97">
+        <v>2024</v>
+      </c>
+      <c r="K97" t="s">
+        <v>22</v>
+      </c>
+      <c r="L97" t="s">
+        <v>23</v>
+      </c>
+      <c r="M97" t="s">
+        <v>82</v>
+      </c>
+      <c r="N97" t="s">
+        <v>24</v>
+      </c>
+      <c r="O97" t="s">
+        <v>96</v>
+      </c>
+      <c r="P97" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17">
+      <c r="A98">
+        <v>103</v>
+      </c>
+      <c r="B98" t="s">
+        <v>331</v>
+      </c>
+      <c r="C98" t="s">
+        <v>332</v>
+      </c>
+      <c r="D98" t="s">
+        <v>333</v>
+      </c>
+      <c r="H98">
+        <v>2024</v>
+      </c>
+      <c r="K98" t="s">
+        <v>22</v>
+      </c>
+      <c r="L98" t="s">
+        <v>23</v>
+      </c>
+      <c r="M98" t="s">
+        <v>82</v>
+      </c>
+      <c r="N98" t="s">
+        <v>24</v>
+      </c>
+      <c r="P98" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="99" spans="1:17">
+      <c r="A99">
+        <v>104</v>
+      </c>
+      <c r="B99" t="s">
+        <v>334</v>
+      </c>
+      <c r="C99" t="s">
+        <v>335</v>
+      </c>
+      <c r="D99" t="s">
+        <v>336</v>
+      </c>
+      <c r="I99">
+        <v>2024</v>
+      </c>
+      <c r="M99" t="s">
+        <v>82</v>
+      </c>
+      <c r="N99" t="s">
+        <v>24</v>
+      </c>
+      <c r="O99" t="s">
+        <v>96</v>
+      </c>
+      <c r="P99" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17">
+      <c r="A100">
+        <v>105</v>
+      </c>
+      <c r="B100" t="s">
+        <v>337</v>
+      </c>
+      <c r="D100" t="s">
+        <v>338</v>
+      </c>
+      <c r="H100">
+        <v>2024</v>
+      </c>
+      <c r="L100" t="s">
+        <v>23</v>
+      </c>
+      <c r="M100" t="s">
+        <v>82</v>
+      </c>
+      <c r="N100" t="s">
+        <v>24</v>
+      </c>
+      <c r="P100" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17">
+      <c r="A101">
+        <v>106</v>
+      </c>
+      <c r="B101" t="s">
+        <v>339</v>
+      </c>
+      <c r="D101" t="s">
+        <v>340</v>
+      </c>
+      <c r="H101">
+        <v>2024</v>
+      </c>
+      <c r="M101" t="s">
+        <v>82</v>
+      </c>
+      <c r="N101" t="s">
+        <v>24</v>
+      </c>
+      <c r="P101" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="102" spans="1:17">
+      <c r="A102">
+        <v>107</v>
+      </c>
+      <c r="B102" t="s">
+        <v>342</v>
+      </c>
+      <c r="D102" t="s">
+        <v>343</v>
+      </c>
+      <c r="L102" t="s">
+        <v>23</v>
+      </c>
+      <c r="M102" t="s">
+        <v>82</v>
+      </c>
+      <c r="N102" t="s">
+        <v>24</v>
+      </c>
+      <c r="P102" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="103" spans="1:17">
+      <c r="A103">
+        <v>108</v>
+      </c>
+      <c r="B103" t="s">
+        <v>344</v>
+      </c>
+      <c r="C103" t="s">
+        <v>345</v>
+      </c>
+      <c r="D103" t="s">
+        <v>346</v>
+      </c>
+      <c r="H103">
+        <v>2024</v>
+      </c>
+      <c r="L103" t="s">
+        <v>23</v>
+      </c>
+      <c r="M103" t="s">
+        <v>82</v>
+      </c>
+      <c r="N103" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="104" spans="1:17">
+      <c r="A104">
+        <v>109</v>
+      </c>
+      <c r="B104" t="s">
+        <v>347</v>
+      </c>
+      <c r="C104" t="s">
+        <v>348</v>
+      </c>
+      <c r="D104" t="s">
+        <v>349</v>
+      </c>
+      <c r="H104">
+        <v>2024</v>
+      </c>
+      <c r="K104" t="s">
+        <v>22</v>
+      </c>
+      <c r="L104" t="s">
+        <v>23</v>
+      </c>
+      <c r="M104" t="s">
+        <v>82</v>
+      </c>
+      <c r="N104" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="105" spans="1:17">
+      <c r="A105">
+        <v>110</v>
+      </c>
+      <c r="B105" t="s">
+        <v>350</v>
+      </c>
+      <c r="D105" t="s">
+        <v>351</v>
+      </c>
+      <c r="I105">
+        <v>2024</v>
+      </c>
+      <c r="L105" t="s">
+        <v>23</v>
+      </c>
+      <c r="N105" t="s">
+        <v>24</v>
+      </c>
+      <c r="O105" t="s">
+        <v>96</v>
+      </c>
+      <c r="P105" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="106" spans="1:17">
+      <c r="A106">
+        <v>111</v>
+      </c>
+      <c r="B106" t="s">
+        <v>353</v>
+      </c>
+      <c r="D106" t="s">
+        <v>354</v>
+      </c>
+      <c r="I106">
+        <v>2024</v>
+      </c>
+      <c r="K106" t="s">
+        <v>22</v>
+      </c>
+      <c r="L106" t="s">
+        <v>23</v>
+      </c>
+      <c r="M106" t="s">
+        <v>82</v>
+      </c>
+      <c r="N106" t="s">
+        <v>24</v>
+      </c>
+      <c r="P106" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>352</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">